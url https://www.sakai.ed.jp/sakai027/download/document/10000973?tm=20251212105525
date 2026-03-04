--- v0 (2026-01-17)
+++ v1 (2026-03-04)
@@ -19,60 +19,60 @@
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\R5,6,7教頭（杉山）\R7年度\PTA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6413681-C919-4878-9D93-1EDBFE007EF9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E9880BD-BFCB-4E01-A65E-578DB58FE0A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="4月" sheetId="26" r:id="rId1"/>
     <sheet name="5月" sheetId="4" r:id="rId2"/>
     <sheet name="6月" sheetId="16" r:id="rId3"/>
     <sheet name="７月" sheetId="17" r:id="rId4"/>
     <sheet name="8月" sheetId="18" r:id="rId5"/>
     <sheet name="9月" sheetId="19" r:id="rId6"/>
     <sheet name="10月" sheetId="20" r:id="rId7"/>
     <sheet name="11月" sheetId="21" r:id="rId8"/>
     <sheet name="12月" sheetId="22" r:id="rId9"/>
     <sheet name="1月" sheetId="23" r:id="rId10"/>
     <sheet name="2月" sheetId="24" r:id="rId11"/>
     <sheet name="３月" sheetId="25" r:id="rId12"/>
     <sheet name="テンプレート" sheetId="27" r:id="rId13"/>
     <sheet name="設定シート" sheetId="15" r:id="rId14"/>
     <sheet name="使い方" sheetId="28" r:id="rId15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'5月'!$B$2:$L$34</definedName>
     <definedName name="グループ">設定シート!$A$34:$A$43</definedName>
     <definedName name="学校予定">設定シート!$A$23:$B$30</definedName>
     <definedName name="祝日">設定シート!$A$3:$A$19</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
@@ -884,51 +884,51 @@
   <c r="B34" i="22"/>
   <c r="B33" i="25"/>
   <c r="C31" i="25"/>
   <c r="C31" i="4"/>
   <c r="B33" i="4"/>
   <c r="C31" i="18"/>
   <c r="B33" i="18"/>
   <c r="C33" i="4"/>
   <c r="C33" i="23"/>
   <c r="B34" i="16"/>
   <c r="C33" i="20"/>
   <c r="C33" i="25"/>
   <c r="C34" i="22"/>
   <c r="B33" i="16"/>
   <c r="B34" i="19"/>
   <c r="C32" i="19"/>
   <c r="C34" i="16"/>
   <c r="L34" i="16"/>
   <c r="L34" i="19"/>
   <c r="C34" i="19"/>
   <c r="C33" i="18"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="478" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="483" uniqueCount="91">
   <si>
     <t>会議室</t>
     <rPh sb="0" eb="3">
       <t>カイギシツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>多目的室</t>
     <rPh sb="0" eb="3">
       <t>タモクテキ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>シツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ふれあいルーム</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>その他</t>
     <rPh sb="2" eb="3">
       <t>タ</t>
@@ -6095,52 +6095,52 @@
     </cfRule>
     <cfRule type="expression" dxfId="357" priority="3">
       <formula>COUNTIF(祝日,$B4)</formula>
     </cfRule>
     <cfRule type="expression" dxfId="356" priority="4">
       <formula>WEEKDAY($B4)=7</formula>
     </cfRule>
     <cfRule type="expression" dxfId="355" priority="5">
       <formula>WEEKDAY($B4)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D4:K34" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>グループ</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="B1:L40"/>
   <sheetViews>
-    <sheetView topLeftCell="B11" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="E20" sqref="E20"/>
+    <sheetView topLeftCell="B15" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="E30" sqref="E30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.77734375" customWidth="1"/>
     <col min="2" max="2" width="22.88671875" style="4" customWidth="1"/>
     <col min="3" max="3" width="7.44140625" customWidth="1"/>
     <col min="4" max="11" width="13.77734375" customWidth="1"/>
     <col min="12" max="12" width="17.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="2:12" ht="16.2" x14ac:dyDescent="0.2">
       <c r="B2" s="73">
         <v>2026</v>
       </c>
       <c r="C2" s="74"/>
       <c r="D2" s="75" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="76"/>
       <c r="F2" s="77" t="s">
         <v>1</v>
@@ -6572,51 +6572,53 @@
         <v>46042</v>
       </c>
       <c r="C23" s="16" t="str">
         <f t="shared" si="0"/>
         <v>火</v>
       </c>
       <c r="D23" s="20"/>
       <c r="E23" s="13"/>
       <c r="F23" s="18"/>
       <c r="G23" s="18"/>
       <c r="H23" s="20"/>
       <c r="I23" s="13"/>
       <c r="J23" s="18"/>
       <c r="K23" s="13"/>
       <c r="L23" s="30"/>
     </row>
     <row r="24" spans="2:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="12">
         <f t="shared" si="1"/>
         <v>46043</v>
       </c>
       <c r="C24" s="16" t="str">
         <f t="shared" si="0"/>
         <v>水</v>
       </c>
-      <c r="D24" s="20"/>
+      <c r="D24" s="20" t="s">
+        <v>45</v>
+      </c>
       <c r="E24" s="13"/>
       <c r="F24" s="18"/>
       <c r="G24" s="22"/>
       <c r="H24" s="20"/>
       <c r="I24" s="13"/>
       <c r="J24" s="18"/>
       <c r="K24" s="13"/>
       <c r="L24" s="30"/>
     </row>
     <row r="25" spans="2:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="12">
         <f t="shared" si="1"/>
         <v>46044</v>
       </c>
       <c r="C25" s="16" t="str">
         <f t="shared" si="0"/>
         <v>木</v>
       </c>
       <c r="D25" s="20"/>
       <c r="E25" s="13"/>
       <c r="F25" s="18"/>
       <c r="G25" s="22"/>
       <c r="H25" s="20"/>
       <c r="I25" s="13"/>
       <c r="J25" s="18"/>
@@ -6686,52 +6688,56 @@
         <v>46048</v>
       </c>
       <c r="C29" s="16" t="str">
         <f t="shared" si="0"/>
         <v>月</v>
       </c>
       <c r="D29" s="20"/>
       <c r="E29" s="13"/>
       <c r="F29" s="18"/>
       <c r="G29" s="22"/>
       <c r="H29" s="20"/>
       <c r="I29" s="13"/>
       <c r="J29" s="18"/>
       <c r="K29" s="13"/>
       <c r="L29" s="30"/>
     </row>
     <row r="30" spans="2:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="12">
         <f t="shared" si="1"/>
         <v>46049</v>
       </c>
       <c r="C30" s="16" t="str">
         <f t="shared" si="0"/>
         <v>火</v>
       </c>
-      <c r="D30" s="20"/>
-      <c r="E30" s="13"/>
+      <c r="D30" s="20" t="s">
+        <v>89</v>
+      </c>
+      <c r="E30" s="13" t="s">
+        <v>89</v>
+      </c>
       <c r="F30" s="18"/>
       <c r="G30" s="18"/>
       <c r="H30" s="20"/>
       <c r="I30" s="13"/>
       <c r="J30" s="18"/>
       <c r="K30" s="13"/>
       <c r="L30" s="30"/>
     </row>
     <row r="31" spans="2:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="12">
         <f t="shared" si="1"/>
         <v>46050</v>
       </c>
       <c r="C31" s="16" t="str">
         <f t="shared" si="0"/>
         <v>水</v>
       </c>
       <c r="D31" s="20"/>
       <c r="E31" s="13"/>
       <c r="F31" s="18"/>
       <c r="G31" s="18"/>
       <c r="H31" s="20"/>
       <c r="I31" s="13"/>
       <c r="J31" s="18"/>
       <c r="K31" s="13"/>
@@ -6985,52 +6991,52 @@
     </cfRule>
     <cfRule type="expression" dxfId="132" priority="13">
       <formula>COUNTIF(祝日,$B30)</formula>
     </cfRule>
     <cfRule type="expression" dxfId="131" priority="14">
       <formula>WEEKDAY($B30)=7</formula>
     </cfRule>
     <cfRule type="expression" dxfId="130" priority="15">
       <formula>WEEKDAY($B30)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="選択肢にない利用者入力" error="選択肢にない利用者を入力する場合は、このまま「はい」を選択して、自由に入力してください。" sqref="D4:K34" xr:uid="{00000000-0002-0000-0A00-000000000000}">
       <formula1>グループ</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="B1:L40"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="E24" sqref="E24"/>
+    <sheetView tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.77734375" customWidth="1"/>
     <col min="2" max="2" width="22.88671875" style="4" customWidth="1"/>
     <col min="3" max="3" width="7.44140625" customWidth="1"/>
     <col min="4" max="11" width="13.77734375" customWidth="1"/>
     <col min="12" max="12" width="17.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="2:12" ht="16.2" x14ac:dyDescent="0.2">
       <c r="B2" s="73">
         <v>2026</v>
       </c>
       <c r="C2" s="74"/>
       <c r="D2" s="75" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="76"/>
       <c r="F2" s="77" t="s">
         <v>1</v>
@@ -7431,52 +7437,56 @@
         <v>46072</v>
       </c>
       <c r="C22" s="16" t="str">
         <f t="shared" si="0"/>
         <v>木</v>
       </c>
       <c r="D22" s="20"/>
       <c r="E22" s="13"/>
       <c r="F22" s="18"/>
       <c r="G22" s="22"/>
       <c r="H22" s="20"/>
       <c r="I22" s="13"/>
       <c r="J22" s="18"/>
       <c r="K22" s="13"/>
       <c r="L22" s="30"/>
     </row>
     <row r="23" spans="2:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="12">
         <f t="shared" si="1"/>
         <v>46073</v>
       </c>
       <c r="C23" s="16" t="str">
         <f t="shared" si="0"/>
         <v>金</v>
       </c>
-      <c r="D23" s="20"/>
-      <c r="E23" s="13"/>
+      <c r="D23" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="E23" s="13" t="s">
+        <v>90</v>
+      </c>
       <c r="F23" s="18"/>
       <c r="G23" s="22"/>
       <c r="H23" s="20"/>
       <c r="I23" s="13"/>
       <c r="J23" s="18"/>
       <c r="K23" s="13"/>
       <c r="L23" s="30"/>
     </row>
     <row r="24" spans="2:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="12">
         <f t="shared" si="1"/>
         <v>46074</v>
       </c>
       <c r="C24" s="16" t="str">
         <f t="shared" si="0"/>
         <v>土</v>
       </c>
       <c r="D24" s="20" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="13" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="22"/>
@@ -15729,51 +15739,51 @@
     </cfRule>
     <cfRule type="expression" dxfId="222" priority="13">
       <formula>COUNTIF(祝日,$B28)</formula>
     </cfRule>
     <cfRule type="expression" dxfId="221" priority="14">
       <formula>WEEKDAY($B28)=7</formula>
     </cfRule>
     <cfRule type="expression" dxfId="220" priority="15">
       <formula>WEEKDAY($B28)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="選択肢にない利用者入力" error="選択肢にない利用者を入力する場合は、このまま「はい」を選択して、自由に入力してください。" sqref="D4:K34" xr:uid="{00000000-0002-0000-0800-000000000000}">
       <formula1>グループ</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="B1:L40"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView topLeftCell="B5" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="E19" sqref="E19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.77734375" customWidth="1"/>
     <col min="2" max="2" width="22.88671875" style="4" customWidth="1"/>
     <col min="3" max="3" width="7.44140625" customWidth="1"/>
     <col min="4" max="11" width="13.77734375" customWidth="1"/>
     <col min="12" max="12" width="17.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="2:12" ht="16.2" x14ac:dyDescent="0.2">
       <c r="B2" s="73">
         <v>2025</v>
       </c>
       <c r="C2" s="74"/>
       <c r="D2" s="75" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="76"/>
       <c r="F2" s="77" t="s">
@@ -16639,50 +16649,59 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="956750dc-acab-4e2f-9baf-80e1494aa085" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1eec72ed-4179-478f-8a15-25042cc1f9d9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101007B8E7E0929EB4742B21D78F8788B6737" ma:contentTypeVersion="10" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="c6f5c6be64b025da6de7fdbf88d24e3b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1eec72ed-4179-478f-8a15-25042cc1f9d9" xmlns:ns3="956750dc-acab-4e2f-9baf-80e1494aa085" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="105daaedd746348f39f6b7d181a215de" ns2:_="" ns3:_="">
     <xsd:import namespace="1eec72ed-4179-478f-8a15-25042cc1f9d9"/>
     <xsd:import namespace="956750dc-acab-4e2f-9baf-80e1494aa085"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -16827,96 +16846,87 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0F19097-09B9-4786-B70C-A3B8652FB8B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2000/xmlns/"/>
     <ds:schemaRef ds:uri="956750dc-acab-4e2f-9baf-80e1494aa085"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema-instance"/>
     <ds:schemaRef ds:uri="1eec72ed-4179-478f-8a15-25042cc1f9d9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7B7FD0D-185B-44A8-9693-150AA9595735}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60E59309-5D18-4B63-A173-02B3FD0DDF35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2000/xmlns/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="1eec72ed-4179-478f-8a15-25042cc1f9d9"/>
     <ds:schemaRef ds:uri="956750dc-acab-4e2f-9baf-80e1494aa085"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>